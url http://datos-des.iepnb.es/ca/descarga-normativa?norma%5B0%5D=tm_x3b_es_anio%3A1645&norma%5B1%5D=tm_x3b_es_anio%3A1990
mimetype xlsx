--- v0 (2025-10-30)
+++ v1 (2025-12-18)
@@ -1310,75 +1310,75 @@
         <v>43</v>
       </c>
       <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>85</v>
       </c>
       <c r="B28" t="s">
         <v>86</v>
       </c>
       <c r="C28" t="s">
         <v>48</v>
       </c>
       <c r="D28" t="s">
         <v>30</v>
       </c>
       <c r="E28" t="s">
         <v>31</v>
       </c>
       <c r="F28">
         <v>1990</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>85</v>
       </c>
       <c r="B29" t="s">
         <v>86</v>
       </c>
       <c r="C29" t="s">
         <v>48</v>
       </c>
       <c r="D29" t="s">
         <v>30</v>
       </c>
       <c r="E29" t="s">
         <v>31</v>
       </c>
       <c r="F29">
         <v>1990</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>87</v>
       </c>
       <c r="B30" t="s">
         <v>88</v>
       </c>
       <c r="C30" t="s">
         <v>29</v>
       </c>
       <c r="D30" t="s">
         <v>30</v>
       </c>
       <c r="E30" t="s">
         <v>31</v>
       </c>
       <c r="F30">
         <v>1990</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
         <v>21</v>
       </c>