--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -50,54 +50,54 @@
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
     <t>prueba</t>
   </si>
   <si>
     <t>https://www.es</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Andalucía</t>
   </si>
   <si>
     <t>probando añadir una referencia legal nueva</t>
   </si>
   <si>
     <t>https://www.google.es</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -512,51 +512,51 @@
       <c r="F3">
         <v>1800</v>
       </c>
       <c r="G3"/>
       <c r="H3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>15</v>
       </c>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="F4">
         <v>1645</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">