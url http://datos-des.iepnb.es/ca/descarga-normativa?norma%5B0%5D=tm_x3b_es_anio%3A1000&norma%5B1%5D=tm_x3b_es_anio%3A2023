--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -858,77 +858,77 @@
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>47</v>
       </c>
       <c r="B14" t="s">
         <v>48</v>
       </c>
       <c r="C14" t="s">
         <v>24</v>
       </c>
       <c r="D14" t="s">
         <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>47</v>
       </c>
       <c r="B15" t="s">
         <v>48</v>
       </c>
       <c r="C15" t="s">
         <v>24</v>
       </c>
       <c r="D15" t="s">
         <v>25</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
         <v>40</v>
       </c>
       <c r="H15" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="C16" t="s">
         <v>24</v>
       </c>
       <c r="D16" t="s">
         <v>25</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">