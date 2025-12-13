--- v0 (2025-10-23)
+++ v1 (2025-12-13)
@@ -2807,75 +2807,75 @@
       <c r="H76" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>181</v>
       </c>
       <c r="B77" t="s">
         <v>182</v>
       </c>
       <c r="C77" t="s">
         <v>85</v>
       </c>
       <c r="D77" t="s">
         <v>46</v>
       </c>
       <c r="E77" t="s">
         <v>34</v>
       </c>
       <c r="F77">
         <v>2011</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>10</v>
+        <v>183</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>181</v>
       </c>
       <c r="B78" t="s">
         <v>182</v>
       </c>
       <c r="C78" t="s">
         <v>85</v>
       </c>
       <c r="D78" t="s">
         <v>46</v>
       </c>
       <c r="E78" t="s">
         <v>34</v>
       </c>
       <c r="F78">
         <v>2011</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>183</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>184</v>
       </c>
       <c r="B79" t="s">
         <v>116</v>
       </c>
       <c r="C79" t="s">
         <v>45</v>
       </c>
       <c r="D79" t="s">
         <v>46</v>
       </c>
       <c r="E79" t="s">
         <v>34</v>
       </c>
       <c r="F79">
         <v>2011</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>183</v>
       </c>