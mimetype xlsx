--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -56,54 +56,54 @@
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
     <t>Pruebas Edición Publicador</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Local/Municipal</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Ciudad Autónoma de Melilla</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ciudad Autónoma de Ceuta</t>
   </si>
   <si>
     <t>Norma Foral de Montes 11/2007, de 26 de marzo. BOTHA 44 SUPL de 13 de Abril de 2007</t>
   </si>
   <si>
     <t>https://www.araba.eus/botha/Busquedas/Resultado.aspx?File=Boletines/2007/044/2007_044_02377_C.xml&amp;hl=</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>País Vasco</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>