--- v0 (2025-10-24)
+++ v1 (2025-12-13)
@@ -68,54 +68,54 @@
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Local/Municipal</t>
   </si>
   <si>
     <t>Cantabria</t>
   </si>
   <si>
     <t>Pruebas Edición Publicador</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Ciudad Autónoma de Melilla</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ciudad Autónoma de Ceuta</t>
   </si>
   <si>
     <t>Acuerdo 59/2017, del Consejo de Diputados de 7 de febrero, que contesta a las alegaciones y aprueba el documento definitivo de “Directrices y Medidas” de la Zona Especial de Conserva ción ZEC ES2110021 “Lagunas de Laguardia” y del Biotopo Protegido del “Complejo Lagunar de Laguardia” a los efectos previstos en el Decreto del Gobierno Vasco 34/2016, de 1 de marzo. BOTHA 19 de 15 de febrero de 2017</t>
   </si>
   <si>
     <t>http://araba.eus/botha/Boletines/2017/019/2017_019_00540_C.pdf</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>País Vasco</t>
   </si>
   <si>
     <t>Acuerdo 314/2014, del Consejo de Diputados de 17 de junio, que aprueba inicialmente y somete al trámite de audiencia e información pública las "Directrices de gestión y medidas para la conservación favorable y para evitar el deterioro de hábitats y alteraciones sobre las especies" de diversos Lugares de Importancia Comunitaria (LIC), designados como Zonas Especiales de Conservación (ZEC) por Orden de la Consejera de Medio Ambiente y Política Territorial del Gobierno Vasco de 16 de abril de 2014. BOTHA 71, de 25 de junio de 2014.</t>
   </si>
   <si>
     <t>https://www.araba.eus/botha/Busquedas/Resultado.aspx?File=Boletines/2014/071/2014_071_03138_C.xml&amp;hl=</t>
   </si>
   <si>
     <t>Norma Foral de Montes 11/2007, de 26 de marzo. BOTHA 44 SUPL de 13 de Abril de 2007</t>
   </si>