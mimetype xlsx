--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -107,54 +107,54 @@
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Prueba Legislación Alta Norma</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>Pruebas Edición Publicador</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Ciudad Autónoma de Melilla</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ciudad Autónoma de Ceuta</t>
   </si>
   <si>
     <t>Pruebas de Cancelar</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
     <t>Prueba nueva norma nivel 4</t>
   </si>
   <si>
     <t>www.google.es</t>
   </si>
   <si>
     <t>Real Decreto</t>
   </si>
   <si>
     <t>Directiva</t>
   </si>
   <si>
     <t>Acuerdo 59/2017, del Consejo de Diputados de 7 de febrero, que contesta a las alegaciones y aprueba el documento definitivo de “Directrices y Medidas” de la Zona Especial de Conserva ción ZEC ES2110021 “Lagunas de Laguardia” y del Biotopo Protegido del “Complejo Lagunar de Laguardia” a los efectos previstos en el Decreto del Gobierno Vasco 34/2016, de 1 de marzo. BOTHA 19 de 15 de febrero de 2017</t>
   </si>
   <si>
     <t>http://araba.eus/botha/Boletines/2017/019/2017_019_00540_C.pdf</t>
   </si>
@@ -818,75 +818,75 @@
       <c r="H10" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>33</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11" t="s">
         <v>27</v>
       </c>
       <c r="E11" t="s">
         <v>23</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>33</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>26</v>
       </c>
       <c r="D12" t="s">
         <v>27</v>
       </c>
       <c r="E12" t="s">
         <v>23</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>35</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13">
         <v>2020</v>
       </c>
       <c r="G13"/>
       <c r="H13"/>
     </row>
     <row r="14" spans="1:8">