--- v0 (2025-10-24)
+++ v1 (2025-12-13)
@@ -661,75 +661,75 @@
       <c r="H7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>27</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>29</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10">
         <v>2020</v>
       </c>
       <c r="G10"/>
       <c r="H10"/>
     </row>
   </sheetData>