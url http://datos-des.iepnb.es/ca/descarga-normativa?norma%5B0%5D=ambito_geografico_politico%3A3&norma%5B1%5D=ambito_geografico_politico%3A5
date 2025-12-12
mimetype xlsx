--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -134,54 +134,54 @@
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Dictamen</t>
   </si>
   <si>
     <t>prueba 
 borrar
 enter</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Pruebas Edición Publicador</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Ciudad Autónoma de Melilla</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ciudad Autónoma de Ceuta</t>
   </si>
   <si>
     <t>Reglamento (UE) 2023/966 por el que se modifica el Reglamento (CE) nº 338/97 del Consejo para reflejar las modificaciones adoptadas en la COP 19 en el Convenio sobre el comercio internacional de especies amenazadas de fauna y flora silvestres</t>
   </si>
   <si>
     <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2023-80675</t>
   </si>
   <si>
     <t>Reglamentos</t>
   </si>
   <si>
     <t>Decisión de ejecución (UE) 2023/2806 de la comisión de 15 de diciembre de 2023 relativa a un formulario de información sobre un espacio Natura 2000</t>
   </si>
   <si>
     <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2023-81837</t>
   </si>
   <si>
     <t>Decisiones</t>
   </si>
   <si>
     <t>Reglamento de Ejecución (UE) 2022/1203 de la Comisión de 12 de julio de 2022 por el que se modifica el Reglamento de Ejecución (UE) 2016/1141 con el fin de actualizar la lista de especies exóticas invasoras preocupantes para la Unión. DOUE 186, de 13 de julio de 2022</t>
   </si>
   <si>
     <t>https://www.boe.es/buscar/doc.php?id=DOUE-L-2022-81053</t>
   </si>