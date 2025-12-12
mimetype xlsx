--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -83,66 +83,66 @@
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>AGE</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Cataluña</t>
-[...4 lines deleted...]
-  <si>
     <t>Illes Balears</t>
-  </si>
-[...4 lines deleted...]
-    <t>AGE</t>
   </si>
   <si>
     <t>Norma de Prueba con Identificador Oficial realizada el 10/12/2024 con hora a las 10:32:10.</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
   </si>
   <si>
     <t>Resolución de 15 de noviembre de 2022, de la Consejería de Medio Rural y Cohesión Territorial, por la que se regula la escalada en determinadas áreas críticas para aves rapaces rupícolas protegidas en el Principado de Asturias.</t>
   </si>
   <si>
     <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2022-08823&amp;p_r_p_dispositionReference=2022-08823&amp;p_r_p_dispositionDate=29%2F11%2F2022</t>
   </si>
@@ -1314,91 +1314,91 @@
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
         <v>22</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11" t="s">
         <v>15</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
         <v>22</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
         <v>22</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
         <v>30</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14" t="s">
         <v>32</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>12</v>
       </c>
@@ -1488,75 +1488,75 @@
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" t="s">
         <v>46</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19" t="s">
         <v>15</v>
       </c>
       <c r="F19">
         <v>2016</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>48</v>
       </c>
       <c r="C20" t="s">
         <v>49</v>
       </c>
       <c r="D20" t="s">
         <v>38</v>
       </c>
       <c r="E20" t="s">
         <v>32</v>
       </c>
       <c r="F20">
         <v>2016</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>50</v>
       </c>
       <c r="B21" t="s">
         <v>51</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21" t="s">
         <v>38</v>
       </c>
       <c r="E21" t="s">
         <v>32</v>
       </c>
       <c r="F21">
         <v>2015</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
         <v>52</v>
       </c>
@@ -1722,51 +1722,51 @@
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>71</v>
       </c>
       <c r="B29" t="s">
         <v>72</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>73</v>
       </c>
       <c r="E29" t="s">
         <v>15</v>
       </c>
       <c r="F29">
         <v>2012</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>74</v>
       </c>
       <c r="B30" t="s">
         <v>75</v>
       </c>
       <c r="C30" t="s">
         <v>37</v>
       </c>
       <c r="D30" t="s">
         <v>38</v>
       </c>
       <c r="E30" t="s">
         <v>32</v>
       </c>
       <c r="F30">
         <v>2012</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
         <v>76</v>
       </c>
@@ -2494,51 +2494,51 @@
       <c r="H61" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>140</v>
       </c>
       <c r="B62" t="s">
         <v>141</v>
       </c>
       <c r="C62" t="s">
         <v>37</v>
       </c>
       <c r="D62" t="s">
         <v>38</v>
       </c>
       <c r="E62" t="s">
         <v>32</v>
       </c>
       <c r="F62">
         <v>2005</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>142</v>
       </c>
       <c r="B63" t="s">
         <v>143</v>
       </c>
       <c r="C63" t="s">
         <v>49</v>
       </c>
       <c r="D63" t="s">
         <v>38</v>
       </c>
       <c r="E63" t="s">
         <v>32</v>
       </c>
       <c r="F63">
         <v>2005</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
         <v>68</v>
       </c>
@@ -2978,51 +2978,51 @@
       <c r="H82" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>176</v>
       </c>
       <c r="B83" t="s">
         <v>161</v>
       </c>
       <c r="C83" t="s">
         <v>37</v>
       </c>
       <c r="D83" t="s">
         <v>38</v>
       </c>
       <c r="E83" t="s">
         <v>32</v>
       </c>
       <c r="F83">
         <v>2001</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>177</v>
       </c>
       <c r="B84" t="s">
         <v>178</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
         <v>18</v>
       </c>
       <c r="E84" t="s">
         <v>15</v>
       </c>
       <c r="F84">
         <v>2000</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="85" spans="1:8">
@@ -3124,51 +3124,51 @@
       <c r="F89">
         <v>2000</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>185</v>
       </c>
       <c r="B90" t="s">
         <v>186</v>
       </c>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90" t="s">
         <v>32</v>
       </c>
       <c r="F90">
         <v>2000</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>185</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91" t="s">
         <v>32</v>
       </c>
       <c r="F91">
         <v>2000</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>185</v>
@@ -3300,51 +3300,51 @@
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>197</v>
       </c>
       <c r="B98" t="s">
         <v>198</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>18</v>
       </c>
       <c r="E98" t="s">
         <v>15</v>
       </c>
       <c r="F98">
         <v>1998</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>199</v>
       </c>
       <c r="B99" t="s">
         <v>200</v>
       </c>
       <c r="C99" t="s">
         <v>64</v>
       </c>
       <c r="D99" t="s">
         <v>38</v>
       </c>
       <c r="E99" t="s">
         <v>32</v>
       </c>
       <c r="F99">
         <v>1998</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
         <v>68</v>
       </c>
@@ -3460,75 +3460,75 @@
       <c r="H104" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>207</v>
       </c>
       <c r="B105" t="s">
         <v>208</v>
       </c>
       <c r="C105" t="s">
         <v>49</v>
       </c>
       <c r="D105" t="s">
         <v>38</v>
       </c>
       <c r="E105" t="s">
         <v>32</v>
       </c>
       <c r="F105">
         <v>1997</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>209</v>
       </c>
       <c r="B106" t="s">
         <v>210</v>
       </c>
       <c r="C106" t="s">
         <v>37</v>
       </c>
       <c r="D106" t="s">
         <v>38</v>
       </c>
       <c r="E106" t="s">
         <v>32</v>
       </c>
       <c r="F106">
         <v>1995</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>211</v>
       </c>
       <c r="B107" t="s">
         <v>212</v>
       </c>
       <c r="C107" t="s">
         <v>213</v>
       </c>
       <c r="D107" t="s">
         <v>214</v>
       </c>
       <c r="E107" t="s">
         <v>32</v>
       </c>
       <c r="F107">
         <v>1995</v>
       </c>
       <c r="G107"/>
       <c r="H107"/>
     </row>
     <row r="108" spans="1:8">