--- v0 (2025-10-29)
+++ v1 (2026-01-08)
@@ -74,66 +74,66 @@
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>https://www.google.com/</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
+    <t>AGE</t>
+  </si>
+  <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
     <t>Cataluña</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Comunidad de Madrid</t>
-  </si>
-[...7 lines deleted...]
-    <t>AGE</t>
   </si>
   <si>
     <t>sg4</t>
   </si>
   <si>
     <t>https://www.google.com/testsg4</t>
   </si>
   <si>
     <t>Resolución de 4 de febrero de 2020, del DG de Biodiversidad y RRNN, de la Consejería de MA, OT y Sost., por la que se regula el tránsito por viales, el tránsito en las inmediaciones y pie de vía de sectores de escalada y la escalada en los sectores y vías regulados, en el paraje de La Pedriza del Parque Nacional de la Sª de Guadarrama como medida de protección de especies rupícolas durante su época de cría y reproducción. BOCM 40 de 17 de febrero de 2020</t>
   </si>
   <si>
     <t>https://www.bocm.es/boletin/CM_Orden_BOCM/2020/02/17/BOCM-20200217-19.PDF</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Resolución de 5 de febrero de 2019, del Director General de Medio Ambiente y Sostenibilidad, de la Consejería de Medio Ambiente y Ordenación del Territorio, por la que se regula el tránsito por viales, el tránsito en las inmediaciones y pie de vía de sectores de escalada y la escalada en los sectores y vías regulados, en el paraje de La Pedriza del Parque Nacional de la Sierra de Guadarrama como medida de protección de especies rupícolas durante su época de cría y reproducción. BOCM 44 de 21 de febrero de 2019</t>
   </si>
@@ -1077,199 +1077,199 @@
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6"/>
       <c r="H6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7" t="s">
         <v>15</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8" t="s">
         <v>15</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9" t="s">
         <v>15</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>19</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10" t="s">
         <v>15</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>19</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11" t="s">
         <v>15</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12">
         <v>2023</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13" t="s">
         <v>30</v>
       </c>
       <c r="D13" t="s">
         <v>31</v>
       </c>
       <c r="E13" t="s">
         <v>32</v>
       </c>
       <c r="F13">
         <v>2020</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
       <c r="C14" t="s">
         <v>30</v>
       </c>
       <c r="D14" t="s">
         <v>31</v>
       </c>
       <c r="E14" t="s">
         <v>32</v>
       </c>
       <c r="F14">
         <v>2019</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>36</v>
       </c>
       <c r="C15" t="s">
         <v>30</v>
       </c>
       <c r="D15" t="s">
         <v>31</v>
       </c>
       <c r="E15" t="s">
         <v>32</v>
       </c>
       <c r="F15">
         <v>2017</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
         <v>37</v>
       </c>
@@ -1845,97 +1845,97 @@
       <c r="H39" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>92</v>
       </c>
       <c r="B40" t="s">
         <v>93</v>
       </c>
       <c r="C40" t="s">
         <v>30</v>
       </c>
       <c r="D40" t="s">
         <v>31</v>
       </c>
       <c r="E40" t="s">
         <v>32</v>
       </c>
       <c r="F40">
         <v>2010</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>94</v>
       </c>
       <c r="B41" t="s">
         <v>95</v>
       </c>
       <c r="C41" t="s">
         <v>96</v>
       </c>
       <c r="D41" t="s">
         <v>97</v>
       </c>
       <c r="E41" t="s">
         <v>32</v>
       </c>
       <c r="F41">
         <v>2010</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>98</v>
       </c>
       <c r="B42" t="s">
         <v>99</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
         <v>17</v>
       </c>
       <c r="E42" t="s">
         <v>15</v>
       </c>
       <c r="F42">
         <v>2009</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>100</v>
       </c>
       <c r="B43" t="s">
         <v>101</v>
       </c>
       <c r="C43" t="s">
         <v>69</v>
       </c>
       <c r="D43" t="s">
         <v>31</v>
       </c>
       <c r="E43" t="s">
         <v>32</v>
       </c>
       <c r="F43">
         <v>2009</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
         <v>102</v>
       </c>
@@ -2079,51 +2079,51 @@
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>116</v>
       </c>
       <c r="B50" t="s">
         <v>117</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>17</v>
       </c>
       <c r="E50" t="s">
         <v>15</v>
       </c>
       <c r="F50">
         <v>2006</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>118</v>
       </c>
       <c r="B51" t="s">
         <v>119</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
         <v>17</v>
       </c>
       <c r="E51" t="s">
         <v>15</v>
       </c>
       <c r="F51">
         <v>2006</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="52" spans="1:8">
@@ -2383,51 +2383,51 @@
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>142</v>
       </c>
       <c r="B63" t="s">
         <v>143</v>
       </c>
       <c r="C63"/>
       <c r="D63" t="s">
         <v>17</v>
       </c>
       <c r="E63" t="s">
         <v>15</v>
       </c>
       <c r="F63">
         <v>2004</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>144</v>
       </c>
       <c r="B64" t="s">
         <v>145</v>
       </c>
       <c r="C64" t="s">
         <v>62</v>
       </c>
       <c r="D64" t="s">
         <v>31</v>
       </c>
       <c r="E64" t="s">
         <v>32</v>
       </c>
       <c r="F64">
         <v>2004</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
         <v>12</v>
       </c>
@@ -2759,51 +2759,51 @@
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>176</v>
       </c>
       <c r="B79" t="s">
         <v>177</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
         <v>17</v>
       </c>
       <c r="E79" t="s">
         <v>15</v>
       </c>
       <c r="F79">
         <v>1991</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>178</v>
       </c>
       <c r="B80" t="s">
         <v>179</v>
       </c>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80"/>
       <c r="G80"/>
       <c r="H80" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>180</v>
       </c>
       <c r="B81" t="s">
         <v>181</v>
       </c>