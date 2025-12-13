--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -2415,75 +2415,75 @@
       <c r="H64" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>152</v>
       </c>
       <c r="B65" t="s">
         <v>153</v>
       </c>
       <c r="C65" t="s">
         <v>64</v>
       </c>
       <c r="D65" t="s">
         <v>26</v>
       </c>
       <c r="E65" t="s">
         <v>27</v>
       </c>
       <c r="F65">
         <v>2011</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>100</v>
+        <v>154</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>152</v>
       </c>
       <c r="B66" t="s">
         <v>153</v>
       </c>
       <c r="C66" t="s">
         <v>64</v>
       </c>
       <c r="D66" t="s">
         <v>26</v>
       </c>
       <c r="E66" t="s">
         <v>27</v>
       </c>
       <c r="F66">
         <v>2011</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>154</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>155</v>
       </c>
       <c r="B67" t="s">
         <v>92</v>
       </c>
       <c r="C67" t="s">
         <v>25</v>
       </c>
       <c r="D67" t="s">
         <v>26</v>
       </c>
       <c r="E67" t="s">
         <v>27</v>
       </c>
       <c r="F67">
         <v>2011</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
         <v>154</v>
       </c>