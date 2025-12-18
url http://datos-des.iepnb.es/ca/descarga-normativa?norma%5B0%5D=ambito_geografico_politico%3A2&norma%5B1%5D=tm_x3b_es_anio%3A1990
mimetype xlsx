--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -1200,75 +1200,75 @@
       <c r="H24" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>74</v>
       </c>
       <c r="B25" t="s">
         <v>75</v>
       </c>
       <c r="C25" t="s">
         <v>39</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
       <c r="F25">
         <v>1990</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>74</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" t="s">
         <v>39</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
       <c r="F26">
         <v>1990</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>76</v>
       </c>
       <c r="B27" t="s">
         <v>77</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
         <v>27</v>
       </c>
       <c r="F27">
         <v>1990</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
         <v>17</v>
       </c>