--- v0 (2025-10-24)
+++ v1 (2025-12-13)
@@ -89,69 +89,69 @@
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
-  </si>
-[...10 lines deleted...]
-    <t>Extremadura</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>borrar 
 norma</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Pruebas de Acuerdo del nivel Nacional con Prueba el 03/12/2024. En esta prueba se mira todo.</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Cataluña</t>
@@ -729,225 +729,225 @@
       <c r="H7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
         <v>18</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>13</v>
       </c>
       <c r="H8" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9" t="s">
         <v>18</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
       <c r="H9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>24</v>
       </c>
       <c r="E10" t="s">
         <v>18</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>13</v>
       </c>
       <c r="H10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>24</v>
       </c>
       <c r="E11" t="s">
         <v>18</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>13</v>
       </c>
       <c r="H11" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>22</v>
       </c>
       <c r="B12" t="s">
         <v>23</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>24</v>
       </c>
       <c r="E12" t="s">
         <v>18</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>13</v>
       </c>
       <c r="H12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>15</v>
       </c>
       <c r="C13" t="s">
         <v>21</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>13</v>
       </c>
       <c r="H13" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>15</v>
       </c>
       <c r="C14" t="s">
         <v>21</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>13</v>
       </c>
       <c r="H14" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" t="s">
         <v>21</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>33</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>13</v>
       </c>
       <c r="H15" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>33</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>13</v>
       </c>
       <c r="H16" t="s">
@@ -981,77 +981,77 @@
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>15</v>
       </c>
       <c r="C18" t="s">
         <v>16</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>33</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>13</v>
       </c>
       <c r="H18" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>37</v>
       </c>
       <c r="B19" t="s">
         <v>15</v>
       </c>
       <c r="C19" t="s">
         <v>16</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>33</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>13</v>
       </c>
       <c r="H19" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>37</v>
       </c>
       <c r="B20" t="s">
         <v>15</v>
       </c>
       <c r="C20" t="s">
         <v>16</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>33</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>13</v>
       </c>
       <c r="H20" t="s">
@@ -1059,51 +1059,51 @@
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>41</v>
       </c>
       <c r="B21" t="s">
         <v>42</v>
       </c>
       <c r="C21" t="s">
         <v>43</v>
       </c>
       <c r="D21" t="s">
         <v>17</v>
       </c>
       <c r="E21" t="s">
         <v>33</v>
       </c>
       <c r="F21">
         <v>2022</v>
       </c>
       <c r="G21" t="s">
         <v>13</v>
       </c>
       <c r="H21" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>41</v>
       </c>
       <c r="B22" t="s">
         <v>42</v>
       </c>
       <c r="C22" t="s">
         <v>43</v>
       </c>
       <c r="D22" t="s">
         <v>17</v>
       </c>
       <c r="E22" t="s">
         <v>33</v>
       </c>
       <c r="F22">
         <v>2022</v>
       </c>
       <c r="G22" t="s">
         <v>13</v>
       </c>
       <c r="H22" t="s">
@@ -1137,51 +1137,51 @@
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>41</v>
       </c>
       <c r="B24" t="s">
         <v>42</v>
       </c>
       <c r="C24" t="s">
         <v>43</v>
       </c>
       <c r="D24" t="s">
         <v>17</v>
       </c>
       <c r="E24" t="s">
         <v>33</v>
       </c>
       <c r="F24">
         <v>2022</v>
       </c>
       <c r="G24" t="s">
         <v>13</v>
       </c>
       <c r="H24" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>45</v>
       </c>
       <c r="B25" t="s">
         <v>46</v>
       </c>
       <c r="C25" t="s">
         <v>47</v>
       </c>
       <c r="D25" t="s">
         <v>48</v>
       </c>
       <c r="E25" t="s">
         <v>33</v>
       </c>
       <c r="F25">
         <v>2017</v>
       </c>
       <c r="G25" t="s">
         <v>13</v>
       </c>
       <c r="H25"/>