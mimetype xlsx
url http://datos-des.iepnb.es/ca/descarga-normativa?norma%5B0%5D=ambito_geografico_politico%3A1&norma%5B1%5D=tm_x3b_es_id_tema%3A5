--- v0 (2025-10-24)
+++ v1 (2025-12-13)
@@ -68,129 +68,129 @@
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Andalucía</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...4 lines deleted...]
-  <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Pruebas Legislacion Alta</t>
   </si>
   <si>
     <t>Canarias</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
-  </si>
-[...7 lines deleted...]
-    <t>Extremadura</t>
   </si>
   <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Real Decreto 686/2021, de 3 de agosto, por el que se amplía el Área Marina Protegida "El Cachucho" y se aprueba su segundo plan de gestión.</t>
   </si>
@@ -1121,103 +1121,103 @@
       <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>26</v>
       </c>
       <c r="B8" t="s">
         <v>15</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>13</v>
       </c>
       <c r="H8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>26</v>
       </c>
       <c r="B9" t="s">
         <v>15</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
       <c r="H9" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>15</v>
       </c>
       <c r="C10" t="s">
         <v>23</v>
       </c>
       <c r="D10" t="s">
         <v>24</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>13</v>
       </c>
       <c r="H10" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>15</v>
       </c>
       <c r="C11" t="s">
         <v>23</v>
       </c>
       <c r="D11" t="s">
         <v>24</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>13</v>
       </c>
       <c r="H11" t="s">
@@ -1225,259 +1225,259 @@
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>15</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>24</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>13</v>
       </c>
       <c r="H12" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>23</v>
       </c>
       <c r="D13" t="s">
         <v>24</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>13</v>
       </c>
       <c r="H13" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>23</v>
       </c>
       <c r="D14" t="s">
         <v>24</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>13</v>
       </c>
       <c r="H14" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>23</v>
       </c>
       <c r="D15" t="s">
         <v>24</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>13</v>
       </c>
       <c r="H15" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>23</v>
       </c>
       <c r="D16" t="s">
         <v>24</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>13</v>
       </c>
       <c r="H16" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>23</v>
       </c>
       <c r="D17" t="s">
         <v>24</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>13</v>
       </c>
       <c r="H17" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>23</v>
       </c>
       <c r="D18" t="s">
         <v>24</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>13</v>
       </c>
       <c r="H18" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>33</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>34</v>
       </c>
       <c r="D19" t="s">
         <v>24</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>13</v>
       </c>
       <c r="H19" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>35</v>
       </c>
       <c r="B20" t="s">
         <v>15</v>
       </c>
       <c r="C20" t="s">
         <v>23</v>
       </c>
       <c r="D20" t="s">
         <v>17</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>13</v>
       </c>
       <c r="H20" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>35</v>
       </c>
       <c r="B21" t="s">
         <v>15</v>
       </c>
       <c r="C21" t="s">
         <v>23</v>
       </c>
       <c r="D21" t="s">
         <v>17</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>13</v>
       </c>
       <c r="H21" t="s">
@@ -1485,497 +1485,497 @@
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>35</v>
       </c>
       <c r="B22" t="s">
         <v>15</v>
       </c>
       <c r="C22" t="s">
         <v>23</v>
       </c>
       <c r="D22" t="s">
         <v>17</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>13</v>
       </c>
       <c r="H22" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>35</v>
       </c>
       <c r="B23" t="s">
         <v>15</v>
       </c>
       <c r="C23" t="s">
         <v>23</v>
       </c>
       <c r="D23" t="s">
         <v>17</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>13</v>
       </c>
       <c r="H23" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>38</v>
       </c>
       <c r="B24" t="s">
         <v>39</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
         <v>40</v>
       </c>
       <c r="E24" t="s">
         <v>27</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>13</v>
       </c>
       <c r="H24" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>38</v>
       </c>
       <c r="B25" t="s">
         <v>39</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
         <v>40</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>13</v>
       </c>
       <c r="H25" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>38</v>
       </c>
       <c r="B26" t="s">
         <v>39</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
         <v>40</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>13</v>
       </c>
       <c r="H26" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>38</v>
       </c>
       <c r="B27" t="s">
         <v>39</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>40</v>
       </c>
       <c r="E27" t="s">
         <v>27</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
         <v>13</v>
       </c>
       <c r="H27" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>38</v>
       </c>
       <c r="B28" t="s">
         <v>39</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>40</v>
       </c>
       <c r="E28" t="s">
         <v>27</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
         <v>13</v>
       </c>
       <c r="H28" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>38</v>
       </c>
       <c r="B29" t="s">
         <v>39</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>40</v>
       </c>
       <c r="E29" t="s">
         <v>27</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
         <v>13</v>
       </c>
       <c r="H29" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>38</v>
       </c>
       <c r="B30" t="s">
         <v>39</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>40</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>13</v>
       </c>
       <c r="H30" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>38</v>
       </c>
       <c r="B31" t="s">
         <v>39</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
         <v>40</v>
       </c>
       <c r="E31" t="s">
         <v>27</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>13</v>
       </c>
       <c r="H31" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>45</v>
       </c>
       <c r="B32" t="s">
         <v>46</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
         <v>40</v>
       </c>
       <c r="E32" t="s">
         <v>27</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>13</v>
       </c>
       <c r="H32" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>45</v>
       </c>
       <c r="B33" t="s">
         <v>46</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
         <v>40</v>
       </c>
       <c r="E33" t="s">
         <v>27</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>13</v>
       </c>
       <c r="H33" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>45</v>
       </c>
       <c r="B34" t="s">
         <v>46</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>40</v>
       </c>
       <c r="E34" t="s">
         <v>27</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>13</v>
       </c>
       <c r="H34" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>48</v>
       </c>
       <c r="B35" t="s">
         <v>15</v>
       </c>
       <c r="C35" t="s">
         <v>34</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>49</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>13</v>
       </c>
       <c r="H35" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>48</v>
       </c>
       <c r="B36" t="s">
         <v>15</v>
       </c>
       <c r="C36" t="s">
         <v>34</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>49</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
         <v>13</v>
       </c>
       <c r="H36" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>48</v>
       </c>
       <c r="B37" t="s">
         <v>15</v>
       </c>
       <c r="C37" t="s">
         <v>34</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>49</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37" t="s">
         <v>13</v>
       </c>
       <c r="H37" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>50</v>
       </c>
       <c r="B38" t="s">
         <v>51</v>
       </c>
       <c r="C38" t="s">
         <v>31</v>
       </c>
       <c r="D38" t="s">
         <v>24</v>
       </c>
       <c r="E38" t="s">
         <v>27</v>
       </c>
       <c r="F38">
         <v>2022</v>
       </c>
       <c r="G38" t="s">
         <v>13</v>
       </c>
       <c r="H38" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>50</v>
       </c>
       <c r="B39" t="s">
         <v>51</v>
       </c>
       <c r="C39" t="s">
         <v>31</v>
       </c>
       <c r="D39" t="s">
         <v>24</v>
       </c>
       <c r="E39" t="s">
         <v>27</v>
       </c>
       <c r="F39">
         <v>2022</v>
       </c>
       <c r="G39" t="s">
         <v>13</v>
       </c>
       <c r="H39" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>50</v>
       </c>
       <c r="B40" t="s">
         <v>51</v>
       </c>
       <c r="C40" t="s">
         <v>31</v>
       </c>
       <c r="D40" t="s">
         <v>24</v>
       </c>
       <c r="E40" t="s">
         <v>27</v>
       </c>
       <c r="F40">
         <v>2022</v>
       </c>
       <c r="G40" t="s">
         <v>13</v>
       </c>
       <c r="H40" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>52</v>
       </c>
       <c r="B41" t="s">
         <v>53</v>
       </c>
       <c r="C41" t="s">
         <v>54</v>
       </c>
       <c r="D41" t="s">
         <v>55</v>
       </c>
       <c r="E41" t="s">
         <v>49</v>
       </c>
       <c r="F41">
         <v>2021</v>
       </c>
       <c r="G41" t="s">
         <v>13</v>
       </c>
       <c r="H41"/>
@@ -3029,51 +3029,51 @@
       <c r="H85"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>144</v>
       </c>
       <c r="B86" t="s">
         <v>145</v>
       </c>
       <c r="C86" t="s">
         <v>31</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
         <v>49</v>
       </c>
       <c r="F86">
         <v>1994</v>
       </c>
       <c r="G86" t="s">
         <v>13</v>
       </c>
       <c r="H86" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>146</v>
       </c>
       <c r="B87" t="s">
         <v>147</v>
       </c>
       <c r="C87" t="s">
         <v>31</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
         <v>49</v>
       </c>
       <c r="F87">
         <v>1994</v>
       </c>
       <c r="G87" t="s">
         <v>13</v>
       </c>
       <c r="H87"/>
@@ -3415,51 +3415,51 @@
       <c r="H102"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>173</v>
       </c>
       <c r="B103" t="s">
         <v>174</v>
       </c>
       <c r="C103" t="s">
         <v>16</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
         <v>49</v>
       </c>
       <c r="F103">
         <v>1969</v>
       </c>
       <c r="G103" t="s">
         <v>13</v>
       </c>
       <c r="H103" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>175</v>
       </c>
       <c r="B104" t="s">
         <v>176</v>
       </c>
       <c r="C104" t="s">
         <v>16</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>49</v>
       </c>
       <c r="F104">
         <v>1969</v>
       </c>
       <c r="G104" t="s">
         <v>13</v>
       </c>
       <c r="H104"/>