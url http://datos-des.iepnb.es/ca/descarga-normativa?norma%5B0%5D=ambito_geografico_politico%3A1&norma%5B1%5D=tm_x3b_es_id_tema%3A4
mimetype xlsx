--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -65,145 +65,145 @@
   <si>
     <t>https://www.google.com/</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Andalucía</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...4 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
-  </si>
-[...10 lines deleted...]
-    <t>Extremadura</t>
   </si>
   <si>
     <t>Prueba de Modificación dentro de Legislación.</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>borrar 
 norma</t>
   </si>
   <si>
     <t>https://1.es</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Prueba Editar Norma Ids2</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Ordenanza,  Reglamento,  Bando	Anuncio/ edicto</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Extra-Regio</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Ley 33/2015, de 21 de septiembre, por la que se modifica la Ley 42/2007, de 13 de diciembre, del Patrimonio Natural y de la Biodiversidad. (BOE nº 227, 22.09.2015)</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/l/2015/09/21/33</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Real Decreto 556/2011, de 20 de abril, para el desarrollo del Inventario Español del Patrimonio Natural y la Biodiversidad. BOE 112 de 11 de mayo de 2011</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/rd/2011/04/20/556</t>
   </si>
   <si>
     <t>Real Decreto</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Real Decreto 1274/2011, de 16 de septiembre, por el que se aprueba el Plan estratégico del patrimonio natural y de la biodiversidad 2011-2017, en aplicación de la Ley 42/2007, de 13 de diciembre, del Patrimonio Natural y de la Biodiversidad. BOE 236 de 30 de septiembre de 2011</t>
   </si>
@@ -771,77 +771,77 @@
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>12</v>
       </c>
       <c r="H7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>25</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>12</v>
       </c>
       <c r="H8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>29</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>12</v>
       </c>
       <c r="H9" t="s">
         <v>30</v>
       </c>
@@ -893,225 +893,225 @@
       <c r="H11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>29</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>12</v>
       </c>
       <c r="H12" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>29</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>12</v>
       </c>
       <c r="H13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>27</v>
       </c>
       <c r="B14" t="s">
         <v>28</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>29</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>12</v>
       </c>
       <c r="H14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>27</v>
       </c>
       <c r="B15" t="s">
         <v>28</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
         <v>29</v>
       </c>
       <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>12</v>
       </c>
       <c r="H15" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>27</v>
       </c>
       <c r="B16" t="s">
         <v>28</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
         <v>29</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>12</v>
       </c>
       <c r="H16" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>15</v>
       </c>
       <c r="C17" t="s">
         <v>26</v>
       </c>
       <c r="D17" t="s">
         <v>38</v>
       </c>
       <c r="E17" t="s">
         <v>39</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>12</v>
       </c>
       <c r="H17" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>15</v>
       </c>
       <c r="C18" t="s">
         <v>26</v>
       </c>
       <c r="D18" t="s">
         <v>38</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>12</v>
       </c>
       <c r="H18" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>37</v>
       </c>
       <c r="B19" t="s">
         <v>15</v>
       </c>
       <c r="C19" t="s">
         <v>26</v>
       </c>
       <c r="D19" t="s">
         <v>38</v>
       </c>
       <c r="E19" t="s">
         <v>39</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>12</v>
       </c>
       <c r="H19" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>41</v>
       </c>
       <c r="C20" t="s">
         <v>42</v>
       </c>
       <c r="D20" t="s">
         <v>38</v>
       </c>
       <c r="E20" t="s">
         <v>39</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>12</v>
       </c>
       <c r="H20" t="s">
@@ -1119,129 +1119,129 @@
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21" t="s">
         <v>46</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>39</v>
       </c>
       <c r="F21">
         <v>2022</v>
       </c>
       <c r="G21" t="s">
         <v>12</v>
       </c>
       <c r="H21" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22" t="s">
         <v>46</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>39</v>
       </c>
       <c r="F22">
         <v>2022</v>
       </c>
       <c r="G22" t="s">
         <v>12</v>
       </c>
       <c r="H22" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>44</v>
       </c>
       <c r="B23" t="s">
         <v>45</v>
       </c>
       <c r="C23" t="s">
         <v>46</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>39</v>
       </c>
       <c r="F23">
         <v>2022</v>
       </c>
       <c r="G23" t="s">
         <v>12</v>
       </c>
       <c r="H23" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>44</v>
       </c>
       <c r="B24" t="s">
         <v>45</v>
       </c>
       <c r="C24" t="s">
         <v>46</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>39</v>
       </c>
       <c r="F24">
         <v>2022</v>
       </c>
       <c r="G24" t="s">
         <v>12</v>
       </c>
       <c r="H24" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
         <v>51</v>
       </c>
       <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25">
         <v>2015</v>
       </c>
       <c r="G25" t="s">
         <v>12</v>
       </c>
       <c r="H25"/>
     </row>
     <row r="26" spans="1:8">