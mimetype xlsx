--- v0 (2025-10-28)
+++ v1 (2025-12-12)
@@ -56,129 +56,129 @@
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Andalucía</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...4 lines deleted...]
-  <si>
     <t>Norma New Alta Legislación</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Gobierno)</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>https://www.google.com/</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>AGE</t>
-  </si>
-[...7 lines deleted...]
-    <t>Extremadura</t>
   </si>
   <si>
     <t>Real Decreto 1220/2011, de 5 de septiembre, por el que se modifica el Real Decreto 289/2003, de 7 de marzo, sobre comercialización de los materiales forestales de reproducción. BOE 228 de 22 de septiembre de 2011</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/rd/2011/09/05/1220</t>
   </si>
   <si>
     <t>Real Decreto</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -692,103 +692,103 @@
       <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>13</v>
       </c>
       <c r="H7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>19</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>13</v>
       </c>
       <c r="H8" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>19</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
         <v>13</v>
       </c>
       <c r="H9" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>19</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
         <v>23</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>13</v>
       </c>
       <c r="H10" t="s">
@@ -796,233 +796,233 @@
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
         <v>23</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>13</v>
       </c>
       <c r="H11" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12" t="s">
         <v>19</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
         <v>23</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>13</v>
       </c>
       <c r="H12" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13" t="s">
         <v>19</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
         <v>23</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>13</v>
       </c>
       <c r="H13" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" t="s">
         <v>19</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
         <v>23</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>13</v>
       </c>
       <c r="H14" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15" t="s">
         <v>29</v>
       </c>
       <c r="C15" t="s">
         <v>19</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
         <v>23</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>13</v>
       </c>
       <c r="H15" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>28</v>
       </c>
       <c r="B16" t="s">
         <v>29</v>
       </c>
       <c r="C16" t="s">
         <v>19</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
         <v>23</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>13</v>
       </c>
       <c r="H16" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>28</v>
       </c>
       <c r="B17" t="s">
         <v>29</v>
       </c>
       <c r="C17" t="s">
         <v>19</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
         <v>23</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
         <v>13</v>
       </c>
       <c r="H17" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>30</v>
       </c>
       <c r="B18" t="s">
         <v>29</v>
       </c>
       <c r="C18" t="s">
         <v>31</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
         <v>23</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
         <v>13</v>
       </c>
       <c r="H18" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
         <v>33</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
         <v>34</v>
       </c>
       <c r="E19" t="s">
         <v>23</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
         <v>13</v>
       </c>
       <c r="H19" t="s">
         <v>35</v>
       </c>
@@ -1074,123 +1074,123 @@
       <c r="H21" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>32</v>
       </c>
       <c r="B22" t="s">
         <v>33</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
         <v>34</v>
       </c>
       <c r="E22" t="s">
         <v>23</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
         <v>13</v>
       </c>
       <c r="H22" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>32</v>
       </c>
       <c r="B23" t="s">
         <v>33</v>
       </c>
       <c r="C23"/>
       <c r="D23" t="s">
         <v>34</v>
       </c>
       <c r="E23" t="s">
         <v>23</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
         <v>13</v>
       </c>
       <c r="H23" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>32</v>
       </c>
       <c r="B24" t="s">
         <v>33</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
         <v>34</v>
       </c>
       <c r="E24" t="s">
         <v>23</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
         <v>13</v>
       </c>
       <c r="H24" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>32</v>
       </c>
       <c r="B25" t="s">
         <v>33</v>
       </c>
       <c r="C25"/>
       <c r="D25" t="s">
         <v>34</v>
       </c>
       <c r="E25" t="s">
         <v>23</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>13</v>
       </c>
       <c r="H25" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>32</v>
       </c>
       <c r="B26" t="s">
         <v>33</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
         <v>34</v>
       </c>
       <c r="E26" t="s">
         <v>23</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
         <v>13</v>
       </c>
       <c r="H26" t="s">
         <v>40</v>
       </c>